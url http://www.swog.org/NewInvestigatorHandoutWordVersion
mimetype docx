--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,48 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2606A81E" w14:textId="77777777" w:rsidR="00654BE5" w:rsidRPr="00717B5F" w:rsidRDefault="00654BE5" w:rsidP="005B1C60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DFF2468" w14:textId="77777777" w:rsidR="00654BE5" w:rsidRPr="00717B5F" w:rsidRDefault="00654BE5" w:rsidP="005B1C60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -133,263 +137,263 @@
     <w:p w14:paraId="756BA012" w14:textId="77777777" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00CC1D44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DFAD8A" w14:textId="77777777" w:rsidR="00CC1D44" w:rsidRPr="00717B5F" w:rsidRDefault="00CC1D44" w:rsidP="00CC1D44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5803EB2D" w14:textId="31309C0F" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00B611BD">
+    <w:p w14:paraId="5803EB2D" w14:textId="0E15532C" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="00B611BD">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00831B0C" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00831B0C" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00831B0C" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Who We Are</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00831B0C" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29620739" w14:textId="77777777" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The SWOG Cancer Research Network is a publicly-funded global cancer research network that designs and conducts oncology research trials. SWOG is: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BBE26F" w14:textId="1B058DF1" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
+    <w:p w14:paraId="30BBE26F" w14:textId="76DF9DE8" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 of 4 adult US cooperative oncology research groups in the National Cancer Institute’s (NCI) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00C83AB1" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>National Clinical Trials Network (NCTN)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0057143D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, along with the Alliance for Clinical Trials in Oncology, ECOG-ACRIN Cancer Research Group, and NRG Oncology. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E86ACDB" w14:textId="265AA0E5" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
+    <w:p w14:paraId="5E86ACDB" w14:textId="534B6F08" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 of 7 research bases in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00C83AB1" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCI Community Oncology Research Program (NCORP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C83AB1" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA23BC7" w14:textId="770C5FA9" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
+    <w:p w14:paraId="6FA23BC7" w14:textId="49E0FE22" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="005A597C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SWOG is comprised of </w:t>
       </w:r>
       <w:r w:rsidR="00423F16" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">roughly </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">20,000 volunteer members – physician researchers, nurses, clinical research associates, pharmacists, patient advocates, lab scientists, and more – at more than 1,300 member institutions, all dedicated to fulfilling our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>mission</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to significantly improve lives through cancer clinical trials and translational research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDC228D" w14:textId="30BED433" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="00A4363B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -473,73 +477,73 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0090CB6A" w14:textId="77777777" w:rsidR="00CC1D44" w:rsidRPr="00717B5F" w:rsidRDefault="00CC1D44" w:rsidP="00CC1D44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="754CA77C" w14:textId="08629014" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="00B611BD">
+    <w:p w14:paraId="754CA77C" w14:textId="655B95C5" w:rsidR="00831B0C" w:rsidRPr="00717B5F" w:rsidRDefault="00831B0C" w:rsidP="00B611BD">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SWOG – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Impact</w:t>
         </w:r>
         <w:r w:rsidR="00A71E70" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> (</w:t>
         </w:r>
         <w:r w:rsidR="00A10D2D" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -719,75 +723,75 @@
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nd well over 100 changes </w:t>
       </w:r>
       <w:r w:rsidR="0057143D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">have been </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">made to standard of care practices. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E42AAE" w14:textId="4C2CF6ED" w:rsidR="00C24EA9" w:rsidRPr="00717B5F" w:rsidRDefault="005C15BB" w:rsidP="00CC1D44">
+    <w:p w14:paraId="41E42AAE" w14:textId="4A2959F1" w:rsidR="00C24EA9" w:rsidRPr="00717B5F" w:rsidRDefault="005C15BB" w:rsidP="00CC1D44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">According to an </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>analysis by SWOG statisticians published in 2022</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, NCI-funded treatment trials in adults conducted within the </w:t>
       </w:r>
       <w:r w:rsidR="0057143D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NCTN</w:t>
@@ -828,107 +832,107 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097066BF" w14:textId="53814A8D" w:rsidR="00254D45" w:rsidRPr="00717B5F" w:rsidRDefault="00254D45" w:rsidP="00B611BD">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SWOG – Member Benefits:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46060150" w14:textId="6EE99085" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00B611BD">
+    <w:p w14:paraId="46060150" w14:textId="79CDA0E1" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00B611BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-180"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">As an investigator at a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Cancer Research Network Member Institution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, you </w:t>
       </w:r>
       <w:r w:rsidR="00423F16" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following membership benefits:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F259D1" w14:textId="5C749411" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00A4363B">
+    <w:p w14:paraId="09F259D1" w14:textId="080A17AE" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00A4363B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ability to</w:t>
       </w:r>
       <w:r w:rsidR="00B57D8B" w:rsidRPr="00717B5F">
         <w:rPr>
@@ -948,78 +952,78 @@
       </w:r>
       <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00A8028A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to active </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE1B9E" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00A145FD" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId17" w:anchor="nctn-trials-by-cancer-type" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00A145FD" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCTN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE1B9E" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(including </w:t>
@@ -1027,126 +1031,126 @@
       <w:r w:rsidR="00A145FD" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NCORP</w:t>
       </w:r>
       <w:r w:rsidR="006D6540" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006A677A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> trials. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDFBEAE" w14:textId="72126E69" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00A4363B">
+    <w:p w14:paraId="6EDFBEAE" w14:textId="3471A310" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00A4363B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Access to a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>network</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of scientific expertise via </w:t>
       </w:r>
       <w:r w:rsidR="0057143D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">our </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Research, Research Support </w:t>
       </w:r>
       <w:r w:rsidR="0076635A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Administrative </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Committees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58891F76" w14:textId="1DFC7FD4" w:rsidR="00D33053" w:rsidRPr="00717B5F" w:rsidRDefault="00DC488F" w:rsidP="00360C4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
@@ -1235,214 +1239,214 @@
       <w:r w:rsidR="00134456" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ommittees relevant to </w:t>
       </w:r>
       <w:r w:rsidR="00D33053" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>your area of expertise and interests</w:t>
       </w:r>
       <w:r w:rsidR="00D23561" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE98EF5" w14:textId="4ED14C21" w:rsidR="00A21062" w:rsidRPr="00717B5F" w:rsidRDefault="0057143D" w:rsidP="00A4363B">
+    <w:p w14:paraId="0DE98EF5" w14:textId="72BB0CF3" w:rsidR="00A21062" w:rsidRPr="00717B5F" w:rsidRDefault="0057143D" w:rsidP="00A4363B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ability to</w:t>
       </w:r>
       <w:r w:rsidR="006B24CD" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribut</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006B24CD" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to SWOG research trial design and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="006B24CD" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>publication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F901BC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE332B5" w14:textId="2F7E09F7" w:rsidR="00FC10D8" w:rsidRPr="00717B5F" w:rsidRDefault="00FC10D8" w:rsidP="00360C4C">
+    <w:p w14:paraId="6AE332B5" w14:textId="79B1A5EF" w:rsidR="00FC10D8" w:rsidRPr="00717B5F" w:rsidRDefault="00FC10D8" w:rsidP="00360C4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All SWOG’s trials are developed and promoted via its </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00B30ACD" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Research</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B30ACD" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00B30ACD" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Research Support</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Committees. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70116D78" w14:textId="2E684CC2" w:rsidR="002604AC" w:rsidRPr="00717B5F" w:rsidRDefault="0057143D" w:rsidP="00A4363B">
+    <w:p w14:paraId="70116D78" w14:textId="5DA6C1DC" w:rsidR="002604AC" w:rsidRPr="00717B5F" w:rsidRDefault="0057143D" w:rsidP="00A4363B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Access to</w:t>
       </w:r>
       <w:r w:rsidR="00727D68" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00727D68" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Group Meetings</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00727D68" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0038589F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hosted in the Spring and Fall)</w:t>
@@ -1490,119 +1494,119 @@
       <w:r w:rsidR="00656D50" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> webinars</w:t>
       </w:r>
       <w:r w:rsidR="002604AC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE324F6" w14:textId="3E553D04" w:rsidR="00F25D82" w:rsidRPr="00717B5F" w:rsidRDefault="00F25D82" w:rsidP="00F25D82">
+    <w:p w14:paraId="2AE324F6" w14:textId="35F47EA2" w:rsidR="00F25D82" w:rsidRPr="00717B5F" w:rsidRDefault="00F25D82" w:rsidP="00F25D82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ability to participate in SWOG educational activities, such as the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Early-Stage Investigator Training Course</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCC1B86" w14:textId="03081DEB" w:rsidR="00F25D82" w:rsidRPr="00717B5F" w:rsidRDefault="00F25D82" w:rsidP="00F25D82">
+    <w:p w14:paraId="3DCC1B86" w14:textId="0914BD52" w:rsidR="00F25D82" w:rsidRPr="00717B5F" w:rsidRDefault="00F25D82" w:rsidP="00F25D82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ability to apply for funding opportunities through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>The Hope Foundation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F23953" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732E183E" w14:textId="77777777" w:rsidR="00062769" w:rsidRPr="00717B5F" w:rsidRDefault="00062769" w:rsidP="00A71E70">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
@@ -1690,116 +1694,94 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="697495DA" w14:textId="2EFE0241" w:rsidR="00AB1647" w:rsidRPr="00717B5F" w:rsidRDefault="00594389" w:rsidP="0026513E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Establishing and </w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="01DA5BC1" w14:textId="09767264" w:rsidR="00954B7B" w:rsidRPr="00717B5F" w:rsidRDefault="00097AA3" w:rsidP="00563E29">
+        <w:t xml:space="preserve">Establishing and Maintaining your NCI Investigator Credentials: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DA5BC1" w14:textId="0DE05658" w:rsidR="00954B7B" w:rsidRPr="00717B5F" w:rsidRDefault="00097AA3" w:rsidP="00563E29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="0076635A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou must establish y</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCI investigator credentials</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="0076635A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">maintain them </w:t>
@@ -1957,83 +1939,83 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact your site’s designated SWOG Lead Oncology Research Professional (Lead ORP), or designee at: </w:t>
       </w:r>
       <w:r w:rsidR="00954B7B" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>&lt;Insert Institution’s Lead ORP (or designee) Name, Email and Phone&gt;.</w:t>
       </w:r>
       <w:r w:rsidR="00BA29EE" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7743C480" w14:textId="502DAF40" w:rsidR="004E6D08" w:rsidRPr="00717B5F" w:rsidRDefault="001551DC" w:rsidP="00D45355">
+    <w:p w14:paraId="7743C480" w14:textId="342599AF" w:rsidR="004E6D08" w:rsidRPr="00717B5F" w:rsidRDefault="001551DC" w:rsidP="00D45355">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E38BC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="002E38BC" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG and NCI Systems Overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002E38BC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>brief</w:t>
@@ -2180,51 +2162,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accessing NCTN</w:t>
       </w:r>
       <w:r w:rsidR="00243791" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and NCORP</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Clinical Trial Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23141865" w14:textId="7455EA03" w:rsidR="004554FE" w:rsidRPr="00717B5F" w:rsidRDefault="007C0D53" w:rsidP="00F37BBC">
+    <w:p w14:paraId="23141865" w14:textId="55A5C73C" w:rsidR="004554FE" w:rsidRPr="00717B5F" w:rsidRDefault="007C0D53" w:rsidP="00F37BBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Current trial information (protocols, supporting documents, trial status, and accrual information) is </w:t>
       </w:r>
       <w:r w:rsidR="00545FD7" w:rsidRPr="00717B5F">
         <w:rPr>
@@ -2242,306 +2224,286 @@
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00FB379D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>NCI Cancer Trials Support Unit (CTSU) website</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB379D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="000E2C8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>www.CTSU.org</w:t>
+          <w:t>ctsu.cancer.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (login required). </w:t>
+        <w:t xml:space="preserve"> (login </w:t>
+      </w:r>
+      <w:r w:rsidR="00004D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before following the links below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="007D7130" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>We encourage you</w:t>
       </w:r>
       <w:r w:rsidR="004E63AE" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to familiarize yourself</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CTSU website</w:t>
         </w:r>
         <w:r w:rsidR="006A7A24" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> content areas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DA34A8" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00121539" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00125243">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More </w:t>
+      </w:r>
+      <w:r w:rsidR="004554FE" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
       <w:r w:rsidR="00137A00" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="004554FE" w:rsidRPr="00717B5F">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="00125243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFA17DA" w14:textId="0A9669DE" w:rsidR="004554FE" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00F37BBC">
+    <w:p w14:paraId="4FFA17DA" w14:textId="147FE245" w:rsidR="004554FE" w:rsidRPr="00717B5F" w:rsidRDefault="004554FE" w:rsidP="00F37BBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="004554FE" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CTSU websit</w:t>
         </w:r>
         <w:r w:rsidR="00545FD7" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>e features</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F37BBC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="004554FE" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00321059">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Where to find </w:t>
+          <w:t>Where to find protocols and related documents on the CTSU website</w:t>
         </w:r>
-        <w:r w:rsidR="00545FD7" w:rsidRPr="00717B5F">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37BBC" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00321059">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>p</w:t>
-[...26 lines deleted...]
-          <w:t xml:space="preserve"> and related documents on CTSU.org</w:t>
+          <w:t>CTSU protocol document types</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004554FE" w:rsidRPr="00717B5F">
-[...27 lines deleted...]
-    <w:p w14:paraId="7640AEBC" w14:textId="460FF015" w:rsidR="007C0D53" w:rsidRPr="00717B5F" w:rsidRDefault="005D42D5" w:rsidP="00D45355">
+    </w:p>
+    <w:p w14:paraId="7640AEBC" w14:textId="3B14D733" w:rsidR="007C0D53" w:rsidRPr="00717B5F" w:rsidRDefault="005D42D5" w:rsidP="00D45355">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SWOG has also provided a brief </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00B31540" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CTSU website overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B31540" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A74686" w14:textId="28C1F60B" w:rsidR="00594DA1" w:rsidRPr="00717B5F" w:rsidRDefault="00594DA1" w:rsidP="00936F97">
       <w:pPr>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2782,228 +2744,228 @@
       <w:r w:rsidR="006D3C65" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B38D7" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For information on these, w</w:t>
       </w:r>
       <w:r w:rsidR="006D3C65" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e encourage you to review the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AAFA64B" w14:textId="0C74D2F0" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00097577" w:rsidP="00977692">
+    <w:p w14:paraId="3AAFA64B" w14:textId="61FE0BAA" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00097577" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">NCI Cancer Therapy Evaluation Program (CTEP) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Investigator’s Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00175746" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B49A928" w14:textId="77777777" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00977692">
+    <w:p w14:paraId="1B49A928" w14:textId="44729F02" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00175746" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidR="00175746" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">NCTN </w:t>
         </w:r>
         <w:r w:rsidR="00381462" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Program Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00381462" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD324E4" w14:textId="77777777" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00977692">
+    <w:p w14:paraId="1BD324E4" w14:textId="3791C9F2" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00381462" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="00381462" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCORP Program Guidelines</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00381462" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if applicable to your institution)</w:t>
       </w:r>
       <w:r w:rsidR="00F41DB8" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250B3426" w14:textId="77777777" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00977692">
+    <w:p w14:paraId="250B3426" w14:textId="7493E7D5" w:rsidR="006D3C65" w:rsidRPr="00717B5F" w:rsidRDefault="00F41DB8" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00F41DB8" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NIH Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161A07C8" w14:textId="41A4E8DA" w:rsidR="002B2FF9" w:rsidRPr="00717B5F" w:rsidRDefault="006D3C65" w:rsidP="00C407E2">
+    <w:p w14:paraId="161A07C8" w14:textId="3649392C" w:rsidR="002B2FF9" w:rsidRPr="00717B5F" w:rsidRDefault="006D3C65" w:rsidP="00C407E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You should also review the </w:t>
       </w:r>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3038,70 +3000,70 @@
       </w:r>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Policies and Procedures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Quality Assurance and Audits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C344F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpages</w:t>
       </w:r>
       <w:r w:rsidR="002B2FF9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -3238,112 +3200,112 @@
       <w:r w:rsidR="006E56B2" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00AA5EB4" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>serious adverse event reporting</w:t>
       </w:r>
       <w:r w:rsidR="00E67AC8" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B438D19" w14:textId="592B6939" w:rsidR="004F332E" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00977692">
+    <w:p w14:paraId="2B438D19" w14:textId="592B6939" w:rsidR="004F332E" w:rsidRPr="00717B5F" w:rsidRDefault="004F332E" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1987"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidR="004F332E" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Best Practices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D43119" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guidance Document</w:t>
       </w:r>
       <w:r w:rsidR="00220736" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (allowable treatment/procedure windows, specimen collection and submission, consent scenarios)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8E094A" w14:textId="77777777" w:rsidR="00D44988" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00977692">
+    <w:p w14:paraId="7A8E094A" w14:textId="5EC0B78E" w:rsidR="00D44988" w:rsidRPr="00717B5F" w:rsidRDefault="00D44988" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1987"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidR="00D44988" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId41" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Policies</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4E10AEDB" w14:textId="530D0398" w:rsidR="00EA61D8" w:rsidRPr="00717B5F" w:rsidRDefault="00EA61D8" w:rsidP="00977692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2520"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3625,104 +3587,104 @@
         <w:ind w:left="2520"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Policy 42: </w:t>
       </w:r>
       <w:r w:rsidR="00C723B5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Policy on Advertising for Subject Recruitment and Trial Promotion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2FF304" w14:textId="08399955" w:rsidR="00277BA3" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00BA51E1">
+    <w:p w14:paraId="1D2FF304" w14:textId="5DA2ECD2" w:rsidR="00277BA3" w:rsidRPr="00717B5F" w:rsidRDefault="00277BA3" w:rsidP="00BA51E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1987"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidR="00277BA3" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId42" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Patient Chart Review</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00277BA3" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guidance Document</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468960D1" w14:textId="6D173C2E" w:rsidR="00972AD5" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00D45355">
+    <w:p w14:paraId="468960D1" w14:textId="49E1C3EE" w:rsidR="00972AD5" w:rsidRPr="00717B5F" w:rsidRDefault="00A057AF" w:rsidP="00D45355">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1987"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
-        <w:r w:rsidR="00A057AF" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId43" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Frequently Asked Questions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12032AF1" w14:textId="5C30186F" w:rsidR="00AE3A68" w:rsidRPr="00717B5F" w:rsidRDefault="00C4361E" w:rsidP="006645E9">
       <w:pPr>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -3848,51 +3810,51 @@
       </w:r>
       <w:r w:rsidR="006338AF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> questions, </w:t>
       </w:r>
       <w:r w:rsidR="001A380C" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r w:rsidR="006338AF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00614B89" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>qamail@swog.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00614B89" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DD5DA0" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3915,78 +3877,78 @@
       </w:r>
       <w:r w:rsidR="00596DAC" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> NCI systems</w:t>
       </w:r>
       <w:r w:rsidR="00C03711" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> access</w:t>
       </w:r>
       <w:r w:rsidR="00A31553" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00A31553" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ctsucontact@westat.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00977692" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AE3A68" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E6BB00" w14:textId="048CAAED" w:rsidR="00F42074" w:rsidRPr="00717B5F" w:rsidRDefault="002B5478" w:rsidP="00C62F1E">
+    <w:p w14:paraId="32E05FE1" w14:textId="33903BC5" w:rsidR="00650EE6" w:rsidRPr="00C00DEF" w:rsidRDefault="002B5478" w:rsidP="00C00DEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="204" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Important Considerations for </w:t>
       </w:r>
       <w:r w:rsidR="00C4045F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
@@ -4010,76 +3972,64 @@
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Participation and </w:t>
       </w:r>
       <w:r w:rsidR="009568B5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Management</w:t>
       </w:r>
       <w:r w:rsidR="001638AF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E05FE1" w14:textId="77777777" w:rsidR="00650EE6" w:rsidRPr="00717B5F" w:rsidRDefault="00650EE6" w:rsidP="00654BE5">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7E7C8E1A" w14:textId="02F0E61A" w:rsidR="00E82075" w:rsidRPr="00717B5F" w:rsidRDefault="00913D24" w:rsidP="0026513E">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-        <w:r w:rsidR="00913D24" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId46" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Accrual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E82075" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401ED2B8" w14:textId="3B0F8861" w:rsidR="001018D0" w:rsidRPr="00717B5F" w:rsidRDefault="007E0356" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4158,64 +4108,64 @@
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">roup is credited with a </w:t>
       </w:r>
       <w:r w:rsidR="009C3F85" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> enrollment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103DAFFE" w14:textId="15CF1D9D" w:rsidR="002B5478" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00C13B1C">
+    <w:p w14:paraId="103DAFFE" w14:textId="5C65B884" w:rsidR="002B5478" w:rsidRPr="00717B5F" w:rsidRDefault="00913D24" w:rsidP="00C13B1C">
       <w:pPr>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
-        <w:r w:rsidR="00913D24" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId47" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Confidentiality</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002B5478" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F5989E" w14:textId="197DB0A9" w:rsidR="00215040" w:rsidRPr="00717B5F" w:rsidRDefault="006A2F88" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4364,87 +4314,87 @@
       <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> notifications, until the results are published.</w:t>
       </w:r>
       <w:r w:rsidR="006A2F88" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C555A6E" w14:textId="576DFA57" w:rsidR="002B5478" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00C13B1C">
+    <w:p w14:paraId="0C555A6E" w14:textId="557830E3" w:rsidR="002B5478" w:rsidRPr="00717B5F" w:rsidRDefault="002B5478" w:rsidP="00C13B1C">
       <w:pPr>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId45" w:history="1">
-        <w:r w:rsidR="002B5478" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId48" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Funding: Research Participant Costs and Site Payments</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002B5478" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C62B3D" w14:textId="21CB7400" w:rsidR="00176E1A" w:rsidRPr="00717B5F" w:rsidRDefault="004A01DB" w:rsidP="00C13B1C">
+    <w:p w14:paraId="51C62B3D" w14:textId="1DE9EAED" w:rsidR="00176E1A" w:rsidRPr="00717B5F" w:rsidRDefault="004A01DB" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Co</w:t>
       </w:r>
@@ -4492,102 +4442,102 @@
       </w:r>
       <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> associated with all NCTN and NCORP clinical trials to determine which are </w:t>
       </w:r>
       <w:r w:rsidR="004B7EFB" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>expected to be covered under standard of care billing procedures</w:t>
       </w:r>
       <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (as compared to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId49" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>U.S. national guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and coverage rules). This review </w:t>
       </w:r>
       <w:r w:rsidR="00AF560D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">referred to as </w:t>
       </w:r>
       <w:r w:rsidR="00AF560D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId50" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00D858F5" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>National Coverage Analysis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00496E72" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (NCA)</w:t>
       </w:r>
       <w:r w:rsidR="00176E1A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -4842,145 +4792,145 @@
       <w:r w:rsidR="00E306A9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> claim them</w:t>
       </w:r>
       <w:r w:rsidR="00FF2754" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E306A9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and contact information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7992E5D5" w14:textId="057499A5" w:rsidR="00524092" w:rsidRPr="00717B5F" w:rsidRDefault="00524092" w:rsidP="0026513E">
+    <w:p w14:paraId="7992E5D5" w14:textId="50F8F9BD" w:rsidR="00524092" w:rsidRPr="00717B5F" w:rsidRDefault="00524092" w:rsidP="0026513E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For more</w:t>
       </w:r>
       <w:r w:rsidR="00AA6AC0" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a more detailed overview</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, see: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="001762F0" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCTN and NCORP Participating Site Funding Mechanisms Training</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001762F0" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00057C0A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId52" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="009A1B92" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>OPEN Funding</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009A1B92" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId53" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">SWOG Membership </w:t>
         </w:r>
         <w:r w:rsidR="009C5356" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Site Payment</w:t>
         </w:r>
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
@@ -4991,51 +4941,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00562C6F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00562C6F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId54" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00CD743B" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>National Coverage Analysis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD743B" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155C8186" w14:textId="4784B47C" w:rsidR="00117352" w:rsidRPr="00717B5F" w:rsidRDefault="0090063D" w:rsidP="00C13B1C">
       <w:pPr>
@@ -5098,51 +5048,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Implementation</w:t>
       </w:r>
       <w:r w:rsidR="009240F7" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00117352" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Considerations: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6B9F2D" w14:textId="56278E5B" w:rsidR="00AA3EB3" w:rsidRPr="00717B5F" w:rsidRDefault="006509DB" w:rsidP="00C13B1C">
+    <w:p w14:paraId="3C6B9F2D" w14:textId="71CCF2B7" w:rsidR="00AA3EB3" w:rsidRPr="00717B5F" w:rsidRDefault="006509DB" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">New trials are regularly activated </w:t>
       </w:r>
       <w:r w:rsidR="0022691C" w:rsidRPr="00717B5F">
         <w:rPr>
@@ -5168,63 +5118,96 @@
         </w:rPr>
         <w:t>for NCTN-wide participation</w:t>
       </w:r>
       <w:r w:rsidR="00A85737" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, with activation notice</w:t>
       </w:r>
       <w:r w:rsidR="00C96449" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A85737" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> disseminated via </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00A85737" w:rsidRPr="00717B5F">
+        <w:t xml:space="preserve"> disseminated via</w:t>
+      </w:r>
+      <w:r w:rsidR="00156A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85737" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="00156A65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>CTSU.org</w:t>
+          <w:t>CTSU website</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00C00DEF">
+        <w:t xml:space="preserve"> (login at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00C00DEF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ctsu.cancer.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C00DEF">
+        <w:t xml:space="preserve"> required)</w:t>
+      </w:r>
       <w:r w:rsidR="0022691C" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00925952" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00716BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigators are encouraged to work with </w:t>
       </w:r>
       <w:r w:rsidR="00C96449" w:rsidRPr="00717B5F">
@@ -5325,51 +5308,51 @@
       </w:r>
       <w:r w:rsidR="0011317C" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: 1) Updates provided at time of SWOG Group Meeting</w:t>
       </w:r>
       <w:r w:rsidR="00401B18" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2) Regular participation in SWOG Committee Meetings (many Committees meet monthly), 3) Monitoring </w:t>
       </w:r>
       <w:r w:rsidR="00BA2B8D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId57" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00BA2B8D" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">SWOG </w:t>
         </w:r>
         <w:r w:rsidR="0022647A" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Protocol Tracking Reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0022647A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5391,51 +5374,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00241847" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Member Resource</w:t>
       </w:r>
       <w:r w:rsidR="00E366E5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00C049E9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>on SWOG.org</w:t>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00C049E9" w:rsidRPr="00180364">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>SWOG.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00180364">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (login required)</w:t>
       </w:r>
       <w:r w:rsidR="00E366E5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40552DE3" w14:textId="558051C6" w:rsidR="00775CF3" w:rsidRPr="00717B5F" w:rsidRDefault="00775CF3" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5499,75 +5501,75 @@
       <w:r w:rsidR="006A230D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">from the time of activation </w:t>
       </w:r>
       <w:r w:rsidR="009916B7" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>until</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> query resolution for all NCTN sites and publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294C3AEA" w14:textId="77226546" w:rsidR="00AD1686" w:rsidRPr="00717B5F" w:rsidRDefault="00AD1686" w:rsidP="00C13B1C">
+    <w:p w14:paraId="294C3AEA" w14:textId="46B9D63C" w:rsidR="00AD1686" w:rsidRPr="00717B5F" w:rsidRDefault="00AD1686" w:rsidP="00C13B1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: For all NCTN and NCORP trials activated after March 1, 2019, institutions must utilize the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId59" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>NCI Central Institutional Review Board (IRB)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6159,69 +6161,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0065118A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="0065118A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">s that you have enrolled </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> SWOG trials</w:t>
+        <w:t>s that you have enrolled to SWOG trials</w:t>
       </w:r>
       <w:r w:rsidR="008F5D08" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. In addition, investigators should</w:t>
       </w:r>
       <w:r w:rsidR="00CA08CF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> monitor </w:t>
       </w:r>
       <w:r w:rsidR="008F5D08" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
@@ -6741,51 +6725,51 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pertains to </w:t>
       </w:r>
       <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> follow-up is fundamental to the goal of a well-conducted clinical trial. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ABB41D5" w14:textId="760DB792" w:rsidR="00D916C2" w:rsidRPr="00717B5F" w:rsidRDefault="00D916C2" w:rsidP="00D45823">
+    <w:p w14:paraId="5ABB41D5" w14:textId="6508A7F0" w:rsidR="00D916C2" w:rsidRPr="00717B5F" w:rsidRDefault="00D916C2" w:rsidP="00D45823">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="230" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
@@ -6807,51 +6791,51 @@
       </w:r>
       <w:r w:rsidR="008A32B2" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s to a SWOG trial are responsible for </w:t>
       </w:r>
       <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="008A32B2" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> follow-up in accordance with SWOG </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId60" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="008A32B2" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Policy 3</w:t>
         </w:r>
         <w:r w:rsidR="00171028" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
         <w:r w:rsidR="00696B3C" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
@@ -6990,51 +6974,51 @@
       <w:r w:rsidR="00F67DF9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the funding status or membership status within SWOG</w:t>
       </w:r>
       <w:r w:rsidR="00D20611" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002F1F16" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C7CE64" w14:textId="2608CF1F" w:rsidR="00EB11C7" w:rsidRPr="00717B5F" w:rsidRDefault="008033F3" w:rsidP="0026513E">
+    <w:p w14:paraId="16C7CE64" w14:textId="318E8299" w:rsidR="00EB11C7" w:rsidRPr="00717B5F" w:rsidRDefault="008033F3" w:rsidP="0026513E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="230" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant retention to SWOG trials is critical and lost to follow-up or consent withdrawals should be considered as rare events. </w:t>
       </w:r>
@@ -7208,51 +7192,51 @@
       </w:r>
       <w:r w:rsidR="00450240" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005349C1" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> For more information, re</w:t>
       </w:r>
       <w:r w:rsidR="008A79F1" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">fer to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId61" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="006F3BCD" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Patient Follow-up and Unusual Situations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA34A5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205EC724" w14:textId="196A23A4" w:rsidR="005A4E82" w:rsidRPr="00717B5F" w:rsidRDefault="005A4E82" w:rsidP="00D45823">
       <w:pPr>
         <w:spacing w:after="20" w:line="230" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7427,481 +7411,562 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="152E892E" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00757E25">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SWOG Communications and E-mail Distribution lists:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3551656E" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
+    <w:p w14:paraId="3551656E" w14:textId="00325460" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SWOG bi-monthly Trial and Business Updates are distributed by email on the 1st and 15th of the month and are subsequently posted to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
-        <w:r w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidR="007C0923">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>www.CTSU.org</w:t>
+          <w:t>CTSU website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the 8th and 22nd of each month.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EACFDE3" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive these updates, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>member@swog.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D94A789" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
+    <w:p w14:paraId="1D94A789" w14:textId="4CF92CD9" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>To receive SWOG’s weekly “</w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId64" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>The Front Line</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">” and related News and Events updates, complete the form at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId65" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Sign Up For E-mail Updates</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Or, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AEC03D7" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
+    <w:p w14:paraId="6AEC03D7" w14:textId="2033A4F8" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Follow</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SWOG</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId66" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Twitter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B5C3D79" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
+    <w:p w14:paraId="7B5C3D79" w14:textId="55A82904" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>receive</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> updates from The Hope Foundation for Cancer Research, complete the form at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId67" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Join Our Email List</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAF3A3A" w14:textId="77777777" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
+    <w:p w14:paraId="1CAF3A3A" w14:textId="665AECD3" w:rsidR="00757E25" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">View </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId68" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>News</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Hope website, or follow The Hope Foundation on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId69" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Twitter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> and friend them on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId70" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Facebook</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0354427B" w14:textId="5555EB10" w:rsidR="00E36C8F" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00C33F4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To help participating sites and investigators monitor data quality for their institution, on a monthly basis SWOG provides an Expectation Report, Institutional Performance Review (IPR) Report and Query Report via email distribution to your institution’s designated Site Principal Investigator and Lead ORP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7613170A" w14:textId="1F85BB55" w:rsidR="00753220" w:rsidRPr="00717B5F" w:rsidRDefault="00757E25" w:rsidP="00474799">
+    <w:p w14:paraId="13FFA771" w14:textId="77777777" w:rsidR="00E82CC1" w:rsidRPr="00E82CC1" w:rsidRDefault="00757E25" w:rsidP="00474799">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="230" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information on what is included in these reports, see: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId71" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Institution Performance Reports and Tools to Support Data Quality</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00753220" w:rsidRPr="00717B5F">
+    </w:p>
+    <w:p w14:paraId="04CE017C" w14:textId="311EEE6C" w:rsidR="00E82CC1" w:rsidRPr="00E82CC1" w:rsidRDefault="00E82CC1" w:rsidP="00E82CC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="907"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information on </w:t>
+      </w:r>
+      <w:r w:rsidR="0038204B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>quality assurance requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, see: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="0038204B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Quality Assurance Audits and Corrective Action Plans - Training for Site PIs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7613170A" w14:textId="2B526BD5" w:rsidR="00753220" w:rsidRPr="00717B5F" w:rsidRDefault="00753220" w:rsidP="00474799">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="907"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3846F61D" w14:textId="794F6643" w:rsidR="006D1A8C" w:rsidRPr="00717B5F" w:rsidRDefault="00BF03F7" w:rsidP="004F51A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
@@ -7929,76 +7994,76 @@
         <w:t xml:space="preserve">Group Meetings, and </w:t>
       </w:r>
       <w:r w:rsidR="000C6971" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0461C1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E835C4" w14:textId="77777777" w:rsidR="00575EBC" w:rsidRPr="00717B5F" w:rsidRDefault="00575EBC" w:rsidP="004F51A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C2BA6D5" w14:textId="72FFF85E" w:rsidR="00672495" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="002E4AFC">
+    <w:p w14:paraId="5C2BA6D5" w14:textId="3A5AD68C" w:rsidR="00672495" w:rsidRPr="00717B5F" w:rsidRDefault="00672495" w:rsidP="002E4AFC">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId67" w:history="1">
-        <w:r w:rsidR="00672495" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId73" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Joining a SWOG Committee</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00672495" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65990457" w14:textId="63F98E52" w:rsidR="004817A5" w:rsidRPr="00717B5F" w:rsidRDefault="00EB7928" w:rsidP="00C407E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -8049,94 +8114,94 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">lease contact: </w:t>
       </w:r>
       <w:r w:rsidR="004817A5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>&lt;Insert Institution’s Site PI (or designee) Name, Email and Phone&gt;</w:t>
       </w:r>
       <w:r w:rsidR="004817A5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4879C3" w14:textId="082288F3" w:rsidR="007D4DD5" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="002E4AFC">
+    <w:p w14:paraId="3A4879C3" w14:textId="2C0B1817" w:rsidR="007D4DD5" w:rsidRPr="00717B5F" w:rsidRDefault="004817A5" w:rsidP="002E4AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:history="1">
-        <w:r w:rsidR="004817A5" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId74" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Committee</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004817A5" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> membership is open to SWOG members who treat cancer or perform cancer related research and are interested in providing intellectual input to the SWOG disease-specific cancer study portfolio, research support and administrative committees. Note: A</w:t>
       </w:r>
       <w:r w:rsidR="007D4DD5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pplicants should meet at least 2 of the following</w:t>
       </w:r>
-      <w:r w:rsidR="004817A5" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> criteria</w:t>
       </w:r>
       <w:r w:rsidR="007D4DD5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097406DC" w14:textId="77777777" w:rsidR="007D4DD5" w:rsidRPr="00717B5F" w:rsidRDefault="007D4DD5" w:rsidP="002E4AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
@@ -8225,87 +8290,87 @@
     <w:p w14:paraId="0393DFC6" w14:textId="77777777" w:rsidR="004817A5" w:rsidRPr="00717B5F" w:rsidRDefault="007D4DD5" w:rsidP="002E4AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sustained commitment to SWOG through regular attendance of and active participation in SWOG Group Meetings and, once approved, Committee specific meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE914FC" w14:textId="37270427" w:rsidR="006F2F99" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00CD7C25">
+    <w:p w14:paraId="3CE914FC" w14:textId="2B706810" w:rsidR="006F2F99" w:rsidRPr="00717B5F" w:rsidRDefault="00950E0C" w:rsidP="00CD7C25">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId69" w:history="1">
-        <w:r w:rsidR="00950E0C" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId75" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Group Meetings</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00950E0C" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D89B88" w14:textId="079BC768" w:rsidR="00246B2B" w:rsidRPr="00717B5F" w:rsidRDefault="00D26F0E" w:rsidP="005B186D">
+    <w:p w14:paraId="52D89B88" w14:textId="15C9E321" w:rsidR="00246B2B" w:rsidRPr="00717B5F" w:rsidRDefault="00D26F0E" w:rsidP="005B186D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SWOG meetings occur twice yearly (in the Spring and Fall).</w:t>
       </w:r>
@@ -8415,51 +8480,51 @@
       </w:r>
       <w:r w:rsidR="00A37FAB" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Meeting dates are published well in advance</w:t>
       </w:r>
       <w:r w:rsidR="005B2CAF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r w:rsidR="002D69F1" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the “Upcoming Group Meetings” section of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId76" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="002D69F1" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG Meetings</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002D69F1" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
       <w:r w:rsidR="005B2CAF" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -8691,75 +8756,75 @@
     <w:p w14:paraId="281D44D3" w14:textId="2306AB69" w:rsidR="00A26CC7" w:rsidRPr="00717B5F" w:rsidRDefault="00A26CC7" w:rsidP="0021020E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="2" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For SWOG members, there is no registration fee to attend SWOG Group Meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE2FD54" w14:textId="2B9D4CEE" w:rsidR="00A26CC7" w:rsidRPr="00717B5F" w:rsidRDefault="00154D24" w:rsidP="0021020E">
+    <w:p w14:paraId="1DE2FD54" w14:textId="2D26BCCD" w:rsidR="00A26CC7" w:rsidRPr="00717B5F" w:rsidRDefault="00154D24" w:rsidP="0021020E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="2" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SWOG members may qualify for </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
+      <w:hyperlink r:id="rId77" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Travel Support</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, provided by The Hope Foundation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729F99EB" w14:textId="34A7E04F" w:rsidR="009E596B" w:rsidRPr="00717B5F" w:rsidRDefault="009E596B" w:rsidP="0021020E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
@@ -8825,96 +8890,96 @@
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> questions about SWOG group meetings, </w:t>
       </w:r>
       <w:r w:rsidR="00862B38" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId78" w:history="1">
         <w:r w:rsidR="00BD158D" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>meetings@swog.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4249D2F7" w14:textId="21CAAF69" w:rsidR="006F2F99" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00CD7C25">
+    <w:p w14:paraId="4249D2F7" w14:textId="52773177" w:rsidR="006F2F99" w:rsidRPr="00717B5F" w:rsidRDefault="006F2F99" w:rsidP="00CD7C25">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId73" w:history="1">
-        <w:r w:rsidR="006F2F99" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId79" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Report of Studies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006F2F99" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3060F73F" w14:textId="3B307531" w:rsidR="006E1861" w:rsidRPr="00717B5F" w:rsidRDefault="009B5FDA" w:rsidP="002E4AFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
@@ -8972,698 +9037,754 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> trials</w:t>
       </w:r>
       <w:r w:rsidR="000871DE" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, which</w:t>
       </w:r>
       <w:r w:rsidR="00791B9A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is published </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F061B5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>to</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">to the member-only section of </w:t>
+      </w:r>
+      <w:r w:rsidR="008D68FC" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SWOG</w:t>
+      </w:r>
       <w:r w:rsidR="00F061B5" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the member-only section of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D68FC" w:rsidRPr="00717B5F">
+        <w:t xml:space="preserve">.org </w:t>
+      </w:r>
+      <w:r w:rsidR="00791B9A" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SWOG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F061B5" w:rsidRPr="00717B5F">
+        <w:t>twice a year, prior to the SWOG Spring and Fall Group Meetings.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61A77" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">.org </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00791B9A" w:rsidRPr="00717B5F">
+        <w:t xml:space="preserve"> Refer to the report of studies for current accrual, toxicit</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36500" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>twice a year, prior to the SWOG Spring and Fall Group Meetings.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B61A77" w:rsidRPr="00717B5F">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7BAA" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Refer to the report of studies for current accrual, toxicit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36500" w:rsidRPr="00717B5F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74BE9" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>y</w:t>
+        <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="007F7BAA" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> characteristics, and other pertinent trial information or updates.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DDFE27" w14:textId="661E3841" w:rsidR="00FA5DE8" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="00CD7C25">
+    <w:p w14:paraId="74DDFE27" w14:textId="59C303E5" w:rsidR="00FA5DE8" w:rsidRPr="00717B5F" w:rsidRDefault="00FA5DE8" w:rsidP="00CD7C25">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:history="1">
-        <w:r w:rsidR="00FA5DE8" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId80" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Funding Opportunities via The Hope Foundation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FA5DE8" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69658EAA" w14:textId="4BF4C5C1" w:rsidR="009B334E" w:rsidRPr="00717B5F" w:rsidRDefault="0024054F" w:rsidP="00674CB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024054F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Hope Foundation for Cancer Research is a public charity which supports the SWOG Cancer Research Network members and research initiatives. SWOG members have access to a variety of Research Support, Career Development, and Community Support Awards provided via The Hope Foundation. These awards include programs such as the</w:t>
       </w:r>
       <w:r w:rsidR="005B6107" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76948321" w14:textId="1154A833" w:rsidR="00B30333" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="0021020E">
+    <w:p w14:paraId="76948321" w14:textId="16255BE3" w:rsidR="00B30333" w:rsidRPr="00717B5F" w:rsidRDefault="00B30333" w:rsidP="0021020E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="2" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId75" w:history="1">
-        <w:r w:rsidR="00B30333" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId81" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>SWOG/Hope Impact Award Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B30333" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0010464D" w:rsidRPr="0010464D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to encourage novel and innovative SWOG research by funding the early and conceptual stages of trial-related projects</w:t>
       </w:r>
-      <w:r w:rsidR="00B30333" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC8C46F" w14:textId="1BB3A426" w:rsidR="005B6107" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="0021020E">
+    <w:p w14:paraId="0CC8C46F" w14:textId="39E71C05" w:rsidR="005B6107" w:rsidRPr="00717B5F" w:rsidRDefault="0010464D" w:rsidP="0021020E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="2" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:history="1">
-        <w:r w:rsidR="0010464D" w:rsidRPr="0010464D">
+      <w:hyperlink r:id="rId82" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0010464D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Dr. Charles A. Coltman, Jr. Fellowship</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0010464D" w:rsidRPr="0010464D">
+      <w:r w:rsidRPr="0010464D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0010464D" w:rsidRPr="0010464D">
+      <w:r w:rsidRPr="0010464D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to engage outstanding early career investigators, protecting time as they learn clinical trial methodology within an academic and network group environment, and leading to independent clinical research</w:t>
       </w:r>
       <w:r w:rsidR="00AC06E4" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB15AA5" w14:textId="0BA5E77B" w:rsidR="00697189" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="005B6107">
+    <w:p w14:paraId="6FB15AA5" w14:textId="1652E452" w:rsidR="00697189" w:rsidRPr="00717B5F" w:rsidRDefault="00B30333" w:rsidP="005B6107">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="907"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId77" w:history="1">
-        <w:r w:rsidR="00B30333" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId83" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Trial-Specific Education Fund</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D18C0" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE210D" w:rsidRPr="00FE210D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to support education and training for sites participating in complex SWOG trials. Studies that are deemed to have non-standard endpoints, complicated design, and/or registration potential are eligible for funding</w:t>
       </w:r>
       <w:r w:rsidR="004D18C0" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C927BCE" w14:textId="166D60AA" w:rsidR="00B46FF0" w:rsidRPr="00717B5F" w:rsidRDefault="00D01F26" w:rsidP="000B5F88">
+    <w:p w14:paraId="7C927BCE" w14:textId="337FA7BF" w:rsidR="00B46FF0" w:rsidRPr="00717B5F" w:rsidRDefault="00D01F26" w:rsidP="000B5F88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01F26">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A complete list of announcements and application deadlines are accessible from the Funding Opportunities link above or refer to the</w:t>
       </w:r>
       <w:r w:rsidR="00EF6555" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78" w:history="1">
+      <w:hyperlink r:id="rId84" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00EF6555" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>current program overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008D1E78" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4689BDAF" w14:textId="3424D97A" w:rsidR="00B46FF0" w:rsidRPr="00717B5F" w:rsidRDefault="00E763DD" w:rsidP="002E4AFC">
+    <w:p w14:paraId="4689BDAF" w14:textId="7A1094B5" w:rsidR="00B46FF0" w:rsidRPr="00717B5F" w:rsidRDefault="00394D53" w:rsidP="002E4AFC">
       <w:pPr>
         <w:spacing w:after="20" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="-187"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId79" w:history="1">
-        <w:r w:rsidR="00394D53" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId85" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Additional Education</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A17A5D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00394D53" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80" w:history="1">
-        <w:r w:rsidR="00394D53" w:rsidRPr="00717B5F">
+      <w:hyperlink r:id="rId86" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Information Resources</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00394D53" w:rsidRPr="00717B5F">
+      <w:r w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A5D" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>are accessible via the SWOG website</w:t>
       </w:r>
       <w:r w:rsidR="00846629" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. In particular, note the links to </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId81" w:history="1">
+        <w:t xml:space="preserve">. In particular, note the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00846629" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Clinical Investigator Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00846629" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82" w:history="1">
+      <w:hyperlink r:id="rId88" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00846629" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Continuing Education and </w:t>
         </w:r>
         <w:r w:rsidR="0074438F" w:rsidRPr="00717B5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Training Programs</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0074438F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F4620F" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD76DE" w:rsidRPr="00717B5F">
-[...40 lines deleted...]
-        <w:r w:rsidR="00D40A3C" w:rsidRPr="00717B5F">
+      <w:r w:rsidR="003239C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00F13D7D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>announcements</w:t>
+          <w:t>Announcements</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00F13D7D" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003239C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="006F333E" w:rsidRPr="006F333E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Individual Course List</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F333E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003239C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are updated as</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD76DE" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7D1B" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">educational </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD76DE" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opportunities </w:t>
+      </w:r>
+      <w:r w:rsidR="003239C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0094447B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enduring materials </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D29" w:rsidRPr="00717B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>become available</w:t>
+      </w:r>
       <w:r w:rsidR="00D40A3C" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are also posted on the website.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000B7D1B" w:rsidRPr="00717B5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B46FF0" w:rsidRPr="00717B5F" w:rsidSect="00887317">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="720" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00915768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD2242BC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10652,313 +10773,328 @@
   <w:num w:numId="2" w16cid:durableId="1157459642">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="61486755">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1848905638">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1703095934">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1018970387">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1029262153">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="210728237">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00062769"/>
     <w:rsid w:val="00001CEA"/>
+    <w:rsid w:val="00004D21"/>
     <w:rsid w:val="00005CFF"/>
     <w:rsid w:val="0001082A"/>
     <w:rsid w:val="00012D6C"/>
     <w:rsid w:val="00012E02"/>
     <w:rsid w:val="000133E3"/>
     <w:rsid w:val="000203AC"/>
     <w:rsid w:val="00021543"/>
     <w:rsid w:val="0002718D"/>
     <w:rsid w:val="00036E12"/>
     <w:rsid w:val="00040B3C"/>
     <w:rsid w:val="000462FD"/>
     <w:rsid w:val="000525CA"/>
     <w:rsid w:val="00053431"/>
     <w:rsid w:val="00053A80"/>
+    <w:rsid w:val="00054016"/>
+    <w:rsid w:val="00054620"/>
     <w:rsid w:val="00057C0A"/>
     <w:rsid w:val="000614BB"/>
     <w:rsid w:val="00061801"/>
     <w:rsid w:val="00062769"/>
     <w:rsid w:val="000642C1"/>
     <w:rsid w:val="0007038E"/>
     <w:rsid w:val="000707ED"/>
     <w:rsid w:val="00070E83"/>
     <w:rsid w:val="00076718"/>
     <w:rsid w:val="00077F01"/>
     <w:rsid w:val="00081C89"/>
     <w:rsid w:val="00082D99"/>
     <w:rsid w:val="00085199"/>
     <w:rsid w:val="00085650"/>
     <w:rsid w:val="00085BA3"/>
     <w:rsid w:val="00086DB1"/>
     <w:rsid w:val="000871DE"/>
     <w:rsid w:val="00094FC4"/>
     <w:rsid w:val="00095F1D"/>
     <w:rsid w:val="00097577"/>
     <w:rsid w:val="00097AA3"/>
     <w:rsid w:val="000A69A7"/>
     <w:rsid w:val="000A7285"/>
     <w:rsid w:val="000A7CA0"/>
     <w:rsid w:val="000B1C3D"/>
     <w:rsid w:val="000B5F88"/>
     <w:rsid w:val="000B7D1B"/>
     <w:rsid w:val="000C038C"/>
     <w:rsid w:val="000C6971"/>
     <w:rsid w:val="000C70A1"/>
     <w:rsid w:val="000D22EB"/>
     <w:rsid w:val="000D464F"/>
     <w:rsid w:val="000E1CEC"/>
+    <w:rsid w:val="000E2C8E"/>
     <w:rsid w:val="000E3DC0"/>
     <w:rsid w:val="000F30BF"/>
     <w:rsid w:val="000F3DAE"/>
     <w:rsid w:val="000F4627"/>
     <w:rsid w:val="000F4BA2"/>
     <w:rsid w:val="000F4E24"/>
     <w:rsid w:val="000F78C6"/>
     <w:rsid w:val="00101535"/>
     <w:rsid w:val="001018D0"/>
     <w:rsid w:val="0010464D"/>
     <w:rsid w:val="00107A5C"/>
     <w:rsid w:val="001110C1"/>
     <w:rsid w:val="00112CC5"/>
     <w:rsid w:val="0011317C"/>
     <w:rsid w:val="001132F8"/>
     <w:rsid w:val="00115C5E"/>
     <w:rsid w:val="00117352"/>
     <w:rsid w:val="001173E8"/>
     <w:rsid w:val="00117A80"/>
     <w:rsid w:val="00120DF7"/>
     <w:rsid w:val="00121539"/>
     <w:rsid w:val="00123659"/>
     <w:rsid w:val="00124C60"/>
+    <w:rsid w:val="00125243"/>
     <w:rsid w:val="00134456"/>
     <w:rsid w:val="00137A00"/>
     <w:rsid w:val="00140FB2"/>
     <w:rsid w:val="00141673"/>
     <w:rsid w:val="00143E81"/>
     <w:rsid w:val="001443F0"/>
     <w:rsid w:val="001536B8"/>
     <w:rsid w:val="00153AC6"/>
     <w:rsid w:val="00154975"/>
     <w:rsid w:val="00154D24"/>
     <w:rsid w:val="001551DC"/>
+    <w:rsid w:val="00156A65"/>
     <w:rsid w:val="00157A66"/>
     <w:rsid w:val="001628BC"/>
     <w:rsid w:val="001634B7"/>
     <w:rsid w:val="0016373E"/>
     <w:rsid w:val="001638AF"/>
     <w:rsid w:val="00164742"/>
     <w:rsid w:val="00170D76"/>
     <w:rsid w:val="00171028"/>
     <w:rsid w:val="001739BE"/>
     <w:rsid w:val="00175746"/>
     <w:rsid w:val="001762F0"/>
     <w:rsid w:val="00176E1A"/>
     <w:rsid w:val="00176F97"/>
+    <w:rsid w:val="00180364"/>
     <w:rsid w:val="00184108"/>
     <w:rsid w:val="00186904"/>
     <w:rsid w:val="00196C65"/>
     <w:rsid w:val="00197377"/>
     <w:rsid w:val="001A18A3"/>
     <w:rsid w:val="001A32EB"/>
     <w:rsid w:val="001A380C"/>
     <w:rsid w:val="001C0B09"/>
     <w:rsid w:val="001C0B7A"/>
     <w:rsid w:val="001C7394"/>
+    <w:rsid w:val="001D0882"/>
     <w:rsid w:val="001D2E5E"/>
     <w:rsid w:val="001D550D"/>
     <w:rsid w:val="001D5676"/>
     <w:rsid w:val="001D618A"/>
     <w:rsid w:val="001E12A7"/>
     <w:rsid w:val="001E16B9"/>
     <w:rsid w:val="001E2538"/>
     <w:rsid w:val="001E3F43"/>
     <w:rsid w:val="001F5F7E"/>
     <w:rsid w:val="001F775C"/>
     <w:rsid w:val="00202DC8"/>
     <w:rsid w:val="0020425F"/>
     <w:rsid w:val="0021020E"/>
     <w:rsid w:val="0021117E"/>
     <w:rsid w:val="0021130A"/>
     <w:rsid w:val="00215040"/>
     <w:rsid w:val="002171CF"/>
     <w:rsid w:val="00217598"/>
     <w:rsid w:val="00220736"/>
     <w:rsid w:val="00224575"/>
     <w:rsid w:val="0022647A"/>
     <w:rsid w:val="0022691C"/>
     <w:rsid w:val="00230FC2"/>
     <w:rsid w:val="002312FC"/>
     <w:rsid w:val="0023239E"/>
     <w:rsid w:val="0024054F"/>
     <w:rsid w:val="00241278"/>
     <w:rsid w:val="00241847"/>
     <w:rsid w:val="00243791"/>
     <w:rsid w:val="00246A46"/>
     <w:rsid w:val="00246B2B"/>
     <w:rsid w:val="00246F15"/>
     <w:rsid w:val="002471B4"/>
+    <w:rsid w:val="00251E2F"/>
     <w:rsid w:val="0025238B"/>
     <w:rsid w:val="002540E9"/>
     <w:rsid w:val="00254D45"/>
     <w:rsid w:val="00255643"/>
     <w:rsid w:val="002604AC"/>
     <w:rsid w:val="00260A51"/>
     <w:rsid w:val="0026513E"/>
     <w:rsid w:val="0026696E"/>
     <w:rsid w:val="00267343"/>
+    <w:rsid w:val="00267455"/>
     <w:rsid w:val="00267644"/>
     <w:rsid w:val="002705E0"/>
     <w:rsid w:val="00271423"/>
     <w:rsid w:val="00271695"/>
     <w:rsid w:val="00277BA3"/>
     <w:rsid w:val="00280E99"/>
     <w:rsid w:val="00283A67"/>
     <w:rsid w:val="00294D03"/>
     <w:rsid w:val="002965A4"/>
     <w:rsid w:val="002966D2"/>
     <w:rsid w:val="002A1849"/>
     <w:rsid w:val="002A63EA"/>
     <w:rsid w:val="002B00C5"/>
     <w:rsid w:val="002B05D8"/>
     <w:rsid w:val="002B094F"/>
     <w:rsid w:val="002B2D61"/>
     <w:rsid w:val="002B2FF9"/>
     <w:rsid w:val="002B5478"/>
     <w:rsid w:val="002B6313"/>
     <w:rsid w:val="002B6A37"/>
     <w:rsid w:val="002C0D70"/>
     <w:rsid w:val="002C1742"/>
     <w:rsid w:val="002C24E1"/>
     <w:rsid w:val="002D004F"/>
     <w:rsid w:val="002D1274"/>
     <w:rsid w:val="002D177D"/>
     <w:rsid w:val="002D1E71"/>
     <w:rsid w:val="002D3AA4"/>
     <w:rsid w:val="002D69F1"/>
     <w:rsid w:val="002D6C2F"/>
     <w:rsid w:val="002E11CE"/>
     <w:rsid w:val="002E1571"/>
     <w:rsid w:val="002E38BC"/>
     <w:rsid w:val="002E4AFC"/>
     <w:rsid w:val="002E7FC5"/>
     <w:rsid w:val="002F1F16"/>
     <w:rsid w:val="002F531D"/>
     <w:rsid w:val="003002A6"/>
     <w:rsid w:val="003035A3"/>
     <w:rsid w:val="00304A1A"/>
     <w:rsid w:val="00304A8C"/>
     <w:rsid w:val="00307EC8"/>
     <w:rsid w:val="00310796"/>
     <w:rsid w:val="00310909"/>
     <w:rsid w:val="00312DCD"/>
     <w:rsid w:val="00314FC8"/>
     <w:rsid w:val="00316A77"/>
+    <w:rsid w:val="00321059"/>
     <w:rsid w:val="003218EB"/>
     <w:rsid w:val="00322026"/>
+    <w:rsid w:val="003239C3"/>
     <w:rsid w:val="00332F2C"/>
     <w:rsid w:val="00334C72"/>
     <w:rsid w:val="00335571"/>
     <w:rsid w:val="00336062"/>
     <w:rsid w:val="00345E2B"/>
     <w:rsid w:val="003510A2"/>
     <w:rsid w:val="00352496"/>
     <w:rsid w:val="003534B1"/>
     <w:rsid w:val="00357706"/>
     <w:rsid w:val="00360C4C"/>
     <w:rsid w:val="00363910"/>
     <w:rsid w:val="0036426B"/>
     <w:rsid w:val="0036690B"/>
     <w:rsid w:val="00366A0A"/>
     <w:rsid w:val="00373A59"/>
     <w:rsid w:val="003800DA"/>
     <w:rsid w:val="00381462"/>
+    <w:rsid w:val="0038204B"/>
     <w:rsid w:val="0038589F"/>
     <w:rsid w:val="00385C48"/>
     <w:rsid w:val="003911C4"/>
     <w:rsid w:val="00394D53"/>
+    <w:rsid w:val="003A2C01"/>
     <w:rsid w:val="003A378A"/>
     <w:rsid w:val="003A7B7B"/>
     <w:rsid w:val="003B11D6"/>
     <w:rsid w:val="003B2F17"/>
     <w:rsid w:val="003B5789"/>
     <w:rsid w:val="003C04FC"/>
     <w:rsid w:val="003C7C7C"/>
+    <w:rsid w:val="003D22AB"/>
     <w:rsid w:val="003D4FB0"/>
     <w:rsid w:val="003D67C3"/>
     <w:rsid w:val="003D745A"/>
     <w:rsid w:val="003E155B"/>
     <w:rsid w:val="003E3B4A"/>
     <w:rsid w:val="003F252C"/>
     <w:rsid w:val="003F435A"/>
     <w:rsid w:val="003F5B4C"/>
     <w:rsid w:val="003F6E7A"/>
     <w:rsid w:val="00401B18"/>
     <w:rsid w:val="00403157"/>
     <w:rsid w:val="00403F67"/>
     <w:rsid w:val="00411572"/>
     <w:rsid w:val="0041197D"/>
     <w:rsid w:val="00414DE8"/>
     <w:rsid w:val="00414F59"/>
     <w:rsid w:val="00423D88"/>
     <w:rsid w:val="00423F16"/>
     <w:rsid w:val="004310AF"/>
     <w:rsid w:val="00435CDF"/>
     <w:rsid w:val="0043747F"/>
     <w:rsid w:val="00440F59"/>
     <w:rsid w:val="00441F8A"/>
     <w:rsid w:val="0044327F"/>
+    <w:rsid w:val="00445C8E"/>
     <w:rsid w:val="00446D43"/>
     <w:rsid w:val="00450240"/>
     <w:rsid w:val="004554FE"/>
     <w:rsid w:val="00455922"/>
     <w:rsid w:val="00457D6A"/>
     <w:rsid w:val="00463D8F"/>
     <w:rsid w:val="00470D09"/>
     <w:rsid w:val="004716C5"/>
     <w:rsid w:val="004771F5"/>
     <w:rsid w:val="004817A5"/>
     <w:rsid w:val="00492BF6"/>
     <w:rsid w:val="00493272"/>
     <w:rsid w:val="00496E72"/>
     <w:rsid w:val="004A01DB"/>
     <w:rsid w:val="004A11A9"/>
     <w:rsid w:val="004A7F50"/>
     <w:rsid w:val="004B4184"/>
     <w:rsid w:val="004B42B9"/>
     <w:rsid w:val="004B73E6"/>
     <w:rsid w:val="004B7EFB"/>
     <w:rsid w:val="004C0A50"/>
     <w:rsid w:val="004C0CFF"/>
     <w:rsid w:val="004C17DB"/>
     <w:rsid w:val="004C3D8B"/>
     <w:rsid w:val="004C5065"/>
@@ -10999,93 +11135,97 @@
     <w:rsid w:val="00554473"/>
     <w:rsid w:val="00561559"/>
     <w:rsid w:val="00561E80"/>
     <w:rsid w:val="00562C6F"/>
     <w:rsid w:val="00562DED"/>
     <w:rsid w:val="00563E29"/>
     <w:rsid w:val="00564C7A"/>
     <w:rsid w:val="0056647E"/>
     <w:rsid w:val="005666ED"/>
     <w:rsid w:val="005671E4"/>
     <w:rsid w:val="00567EFA"/>
     <w:rsid w:val="0057036C"/>
     <w:rsid w:val="0057143D"/>
     <w:rsid w:val="00574ADF"/>
     <w:rsid w:val="00575EBC"/>
     <w:rsid w:val="00576C93"/>
     <w:rsid w:val="00577BFF"/>
     <w:rsid w:val="00584436"/>
     <w:rsid w:val="00593455"/>
     <w:rsid w:val="00594389"/>
     <w:rsid w:val="0059480C"/>
     <w:rsid w:val="00594DA1"/>
     <w:rsid w:val="00595621"/>
     <w:rsid w:val="00596353"/>
     <w:rsid w:val="00596DAC"/>
+    <w:rsid w:val="005974B6"/>
     <w:rsid w:val="005A4E82"/>
     <w:rsid w:val="005A50D5"/>
     <w:rsid w:val="005A597C"/>
     <w:rsid w:val="005A6F35"/>
     <w:rsid w:val="005B186D"/>
     <w:rsid w:val="005B1C60"/>
+    <w:rsid w:val="005B28C5"/>
     <w:rsid w:val="005B2CAF"/>
     <w:rsid w:val="005B5182"/>
     <w:rsid w:val="005B6107"/>
     <w:rsid w:val="005C09FA"/>
     <w:rsid w:val="005C15BB"/>
     <w:rsid w:val="005C15CD"/>
     <w:rsid w:val="005C1868"/>
     <w:rsid w:val="005C385F"/>
     <w:rsid w:val="005D28CA"/>
     <w:rsid w:val="005D355E"/>
     <w:rsid w:val="005D42D5"/>
     <w:rsid w:val="005D4D36"/>
     <w:rsid w:val="005D5EB8"/>
     <w:rsid w:val="005D743E"/>
     <w:rsid w:val="005E0425"/>
     <w:rsid w:val="005E3696"/>
     <w:rsid w:val="005F14E1"/>
     <w:rsid w:val="005F2FAD"/>
     <w:rsid w:val="00600734"/>
     <w:rsid w:val="00604FB6"/>
     <w:rsid w:val="00606A8D"/>
     <w:rsid w:val="00610685"/>
     <w:rsid w:val="00612DA6"/>
     <w:rsid w:val="00613EBE"/>
     <w:rsid w:val="00613F11"/>
     <w:rsid w:val="00614B89"/>
     <w:rsid w:val="00614F09"/>
     <w:rsid w:val="00615BC9"/>
     <w:rsid w:val="00617848"/>
     <w:rsid w:val="00617888"/>
     <w:rsid w:val="006179B0"/>
     <w:rsid w:val="00617DDA"/>
     <w:rsid w:val="00620857"/>
     <w:rsid w:val="00625802"/>
     <w:rsid w:val="00632048"/>
+    <w:rsid w:val="00632D84"/>
     <w:rsid w:val="006338AF"/>
     <w:rsid w:val="00633AED"/>
+    <w:rsid w:val="00635AF2"/>
     <w:rsid w:val="00635BDC"/>
     <w:rsid w:val="00643592"/>
     <w:rsid w:val="00644FD1"/>
     <w:rsid w:val="00645328"/>
     <w:rsid w:val="00645355"/>
     <w:rsid w:val="0064701B"/>
     <w:rsid w:val="006509DB"/>
     <w:rsid w:val="00650EE6"/>
     <w:rsid w:val="0065118A"/>
     <w:rsid w:val="00654BE5"/>
     <w:rsid w:val="0065574C"/>
     <w:rsid w:val="00656D50"/>
     <w:rsid w:val="0066057F"/>
     <w:rsid w:val="00661667"/>
     <w:rsid w:val="0066408B"/>
     <w:rsid w:val="006645E9"/>
     <w:rsid w:val="00672495"/>
     <w:rsid w:val="00676891"/>
     <w:rsid w:val="006830C6"/>
     <w:rsid w:val="006900D5"/>
     <w:rsid w:val="00691C80"/>
     <w:rsid w:val="00696872"/>
     <w:rsid w:val="006969BE"/>
     <w:rsid w:val="00696B3C"/>
     <w:rsid w:val="00697189"/>
@@ -11098,174 +11238,184 @@
     <w:rsid w:val="006A2F88"/>
     <w:rsid w:val="006A677A"/>
     <w:rsid w:val="006A7A24"/>
     <w:rsid w:val="006B24CD"/>
     <w:rsid w:val="006B3781"/>
     <w:rsid w:val="006B38D7"/>
     <w:rsid w:val="006B3D08"/>
     <w:rsid w:val="006C1D6C"/>
     <w:rsid w:val="006C3B4C"/>
     <w:rsid w:val="006D0F2E"/>
     <w:rsid w:val="006D1A8C"/>
     <w:rsid w:val="006D3C65"/>
     <w:rsid w:val="006D4112"/>
     <w:rsid w:val="006D6540"/>
     <w:rsid w:val="006D75C4"/>
     <w:rsid w:val="006E150A"/>
     <w:rsid w:val="006E1861"/>
     <w:rsid w:val="006E26C2"/>
     <w:rsid w:val="006E31A5"/>
     <w:rsid w:val="006E4A65"/>
     <w:rsid w:val="006E56B2"/>
     <w:rsid w:val="006E575B"/>
     <w:rsid w:val="006E6675"/>
     <w:rsid w:val="006F00D8"/>
     <w:rsid w:val="006F2F99"/>
+    <w:rsid w:val="006F333E"/>
     <w:rsid w:val="006F3BCD"/>
     <w:rsid w:val="006F6AB7"/>
     <w:rsid w:val="00701868"/>
     <w:rsid w:val="007027BD"/>
     <w:rsid w:val="007046C5"/>
     <w:rsid w:val="00711093"/>
     <w:rsid w:val="00712AC5"/>
     <w:rsid w:val="00714149"/>
     <w:rsid w:val="00715941"/>
     <w:rsid w:val="00716BE9"/>
     <w:rsid w:val="00717B5F"/>
     <w:rsid w:val="00717EDA"/>
+    <w:rsid w:val="00720DD0"/>
     <w:rsid w:val="00722F69"/>
     <w:rsid w:val="00727D68"/>
+    <w:rsid w:val="007329CF"/>
     <w:rsid w:val="00735C41"/>
     <w:rsid w:val="007410E0"/>
     <w:rsid w:val="0074438F"/>
     <w:rsid w:val="0075277A"/>
     <w:rsid w:val="007529C8"/>
     <w:rsid w:val="00753220"/>
     <w:rsid w:val="00757E25"/>
     <w:rsid w:val="00760302"/>
     <w:rsid w:val="007625C7"/>
     <w:rsid w:val="00764E6E"/>
     <w:rsid w:val="0076635A"/>
     <w:rsid w:val="00771C88"/>
     <w:rsid w:val="00772189"/>
     <w:rsid w:val="00775CF3"/>
     <w:rsid w:val="00784437"/>
     <w:rsid w:val="007860B3"/>
     <w:rsid w:val="00786372"/>
     <w:rsid w:val="007875B8"/>
     <w:rsid w:val="00787CBA"/>
     <w:rsid w:val="00791B9A"/>
     <w:rsid w:val="0079206D"/>
     <w:rsid w:val="0079543A"/>
     <w:rsid w:val="0079738D"/>
     <w:rsid w:val="007A754C"/>
     <w:rsid w:val="007B1663"/>
     <w:rsid w:val="007B19DA"/>
     <w:rsid w:val="007B43A5"/>
     <w:rsid w:val="007B63B1"/>
     <w:rsid w:val="007C03BE"/>
+    <w:rsid w:val="007C0923"/>
     <w:rsid w:val="007C0D53"/>
     <w:rsid w:val="007C344F"/>
     <w:rsid w:val="007C4DC4"/>
     <w:rsid w:val="007D0795"/>
     <w:rsid w:val="007D23A7"/>
     <w:rsid w:val="007D4DA5"/>
     <w:rsid w:val="007D4DD5"/>
     <w:rsid w:val="007D5D5B"/>
     <w:rsid w:val="007D7130"/>
     <w:rsid w:val="007E0356"/>
     <w:rsid w:val="007E4F88"/>
     <w:rsid w:val="007F45BB"/>
     <w:rsid w:val="007F47E9"/>
     <w:rsid w:val="007F6A0E"/>
     <w:rsid w:val="007F7121"/>
     <w:rsid w:val="007F7BAA"/>
     <w:rsid w:val="007F7D50"/>
     <w:rsid w:val="008033F3"/>
     <w:rsid w:val="0080542B"/>
+    <w:rsid w:val="00805B21"/>
     <w:rsid w:val="008104EB"/>
     <w:rsid w:val="008156EE"/>
     <w:rsid w:val="008201BE"/>
     <w:rsid w:val="008223F8"/>
     <w:rsid w:val="008266D2"/>
     <w:rsid w:val="00827771"/>
     <w:rsid w:val="00831B0C"/>
     <w:rsid w:val="0083503D"/>
     <w:rsid w:val="008372BB"/>
     <w:rsid w:val="0084136C"/>
     <w:rsid w:val="00841972"/>
     <w:rsid w:val="00846629"/>
     <w:rsid w:val="0086157D"/>
     <w:rsid w:val="00862B38"/>
     <w:rsid w:val="00862D86"/>
     <w:rsid w:val="00870BA7"/>
     <w:rsid w:val="00882690"/>
     <w:rsid w:val="00883D9C"/>
     <w:rsid w:val="00885DE1"/>
     <w:rsid w:val="00887317"/>
     <w:rsid w:val="00895AAE"/>
     <w:rsid w:val="008A0B60"/>
     <w:rsid w:val="008A0FE5"/>
     <w:rsid w:val="008A32B2"/>
     <w:rsid w:val="008A405D"/>
     <w:rsid w:val="008A471E"/>
     <w:rsid w:val="008A673C"/>
     <w:rsid w:val="008A79F1"/>
     <w:rsid w:val="008B2C45"/>
     <w:rsid w:val="008B39F8"/>
     <w:rsid w:val="008B47E8"/>
     <w:rsid w:val="008B7798"/>
     <w:rsid w:val="008C1BFA"/>
     <w:rsid w:val="008D1E78"/>
     <w:rsid w:val="008D68FC"/>
     <w:rsid w:val="008D6BD4"/>
     <w:rsid w:val="008D7763"/>
+    <w:rsid w:val="008E1239"/>
     <w:rsid w:val="008E2019"/>
     <w:rsid w:val="008E20E8"/>
     <w:rsid w:val="008E3099"/>
     <w:rsid w:val="008E37EE"/>
     <w:rsid w:val="008E63B9"/>
     <w:rsid w:val="008E63DD"/>
+    <w:rsid w:val="008E6866"/>
     <w:rsid w:val="008E6B88"/>
     <w:rsid w:val="008F13FB"/>
     <w:rsid w:val="008F22E5"/>
     <w:rsid w:val="008F3753"/>
     <w:rsid w:val="008F5219"/>
     <w:rsid w:val="008F5D08"/>
     <w:rsid w:val="008F7271"/>
     <w:rsid w:val="0090063D"/>
     <w:rsid w:val="009017B4"/>
     <w:rsid w:val="00911379"/>
+    <w:rsid w:val="00911C96"/>
     <w:rsid w:val="00913D24"/>
     <w:rsid w:val="00915138"/>
+    <w:rsid w:val="009155D6"/>
     <w:rsid w:val="00920529"/>
     <w:rsid w:val="009240F7"/>
     <w:rsid w:val="009244D3"/>
     <w:rsid w:val="00925952"/>
     <w:rsid w:val="00931788"/>
     <w:rsid w:val="00936F97"/>
     <w:rsid w:val="009413CE"/>
+    <w:rsid w:val="0094447B"/>
     <w:rsid w:val="00950E0C"/>
     <w:rsid w:val="009516DB"/>
     <w:rsid w:val="00952556"/>
     <w:rsid w:val="00954B7B"/>
     <w:rsid w:val="00955E94"/>
     <w:rsid w:val="009568B5"/>
     <w:rsid w:val="00963BA2"/>
     <w:rsid w:val="00964838"/>
     <w:rsid w:val="009715A0"/>
     <w:rsid w:val="00972AD5"/>
     <w:rsid w:val="00973D4C"/>
     <w:rsid w:val="00977692"/>
     <w:rsid w:val="0098034D"/>
     <w:rsid w:val="00980936"/>
     <w:rsid w:val="00982C0B"/>
     <w:rsid w:val="00983AAB"/>
     <w:rsid w:val="009915D7"/>
     <w:rsid w:val="009916B7"/>
     <w:rsid w:val="00992665"/>
     <w:rsid w:val="00994C01"/>
     <w:rsid w:val="009A1B92"/>
     <w:rsid w:val="009A3DE6"/>
     <w:rsid w:val="009A3F11"/>
     <w:rsid w:val="009A6A8A"/>
     <w:rsid w:val="009B0CFD"/>
@@ -11299,143 +11449,148 @@
     <w:rsid w:val="00A1003B"/>
     <w:rsid w:val="00A10071"/>
     <w:rsid w:val="00A10D2D"/>
     <w:rsid w:val="00A10E7F"/>
     <w:rsid w:val="00A145FD"/>
     <w:rsid w:val="00A17A5D"/>
     <w:rsid w:val="00A20DC0"/>
     <w:rsid w:val="00A21062"/>
     <w:rsid w:val="00A26CC7"/>
     <w:rsid w:val="00A27DF6"/>
     <w:rsid w:val="00A31553"/>
     <w:rsid w:val="00A33708"/>
     <w:rsid w:val="00A349E8"/>
     <w:rsid w:val="00A3602A"/>
     <w:rsid w:val="00A36500"/>
     <w:rsid w:val="00A37FAB"/>
     <w:rsid w:val="00A4150F"/>
     <w:rsid w:val="00A4363B"/>
     <w:rsid w:val="00A46038"/>
     <w:rsid w:val="00A50E82"/>
     <w:rsid w:val="00A533E4"/>
     <w:rsid w:val="00A67A5B"/>
     <w:rsid w:val="00A71E70"/>
     <w:rsid w:val="00A76B3F"/>
     <w:rsid w:val="00A8028A"/>
+    <w:rsid w:val="00A8137F"/>
     <w:rsid w:val="00A81EBE"/>
     <w:rsid w:val="00A8320B"/>
     <w:rsid w:val="00A8531D"/>
     <w:rsid w:val="00A85737"/>
     <w:rsid w:val="00A90F56"/>
     <w:rsid w:val="00A94542"/>
     <w:rsid w:val="00AA0970"/>
     <w:rsid w:val="00AA0B9A"/>
     <w:rsid w:val="00AA0E21"/>
     <w:rsid w:val="00AA3EB3"/>
     <w:rsid w:val="00AA5EB4"/>
     <w:rsid w:val="00AA6AC0"/>
     <w:rsid w:val="00AA716E"/>
     <w:rsid w:val="00AB1647"/>
     <w:rsid w:val="00AB3BA7"/>
     <w:rsid w:val="00AB7A84"/>
     <w:rsid w:val="00AC06E4"/>
     <w:rsid w:val="00AC0C16"/>
     <w:rsid w:val="00AC2AA0"/>
     <w:rsid w:val="00AC3DED"/>
     <w:rsid w:val="00AC7FF4"/>
     <w:rsid w:val="00AD1686"/>
     <w:rsid w:val="00AD76DE"/>
     <w:rsid w:val="00AE3A68"/>
     <w:rsid w:val="00AE4219"/>
     <w:rsid w:val="00AE4704"/>
     <w:rsid w:val="00AE7F79"/>
     <w:rsid w:val="00AF00E4"/>
     <w:rsid w:val="00AF2C6D"/>
     <w:rsid w:val="00AF2F87"/>
+    <w:rsid w:val="00AF372D"/>
     <w:rsid w:val="00AF449F"/>
     <w:rsid w:val="00AF560D"/>
     <w:rsid w:val="00B000BA"/>
     <w:rsid w:val="00B00A4A"/>
     <w:rsid w:val="00B02D84"/>
     <w:rsid w:val="00B04BBF"/>
     <w:rsid w:val="00B065E9"/>
     <w:rsid w:val="00B073C3"/>
     <w:rsid w:val="00B10E69"/>
     <w:rsid w:val="00B20F4C"/>
     <w:rsid w:val="00B2224E"/>
     <w:rsid w:val="00B30333"/>
     <w:rsid w:val="00B30ACD"/>
     <w:rsid w:val="00B31540"/>
     <w:rsid w:val="00B35784"/>
     <w:rsid w:val="00B36892"/>
     <w:rsid w:val="00B43A16"/>
+    <w:rsid w:val="00B43D29"/>
     <w:rsid w:val="00B458DF"/>
     <w:rsid w:val="00B46FF0"/>
     <w:rsid w:val="00B50657"/>
     <w:rsid w:val="00B5104F"/>
     <w:rsid w:val="00B56CAE"/>
     <w:rsid w:val="00B57653"/>
     <w:rsid w:val="00B57BB8"/>
     <w:rsid w:val="00B57D8B"/>
     <w:rsid w:val="00B6019C"/>
     <w:rsid w:val="00B611BD"/>
     <w:rsid w:val="00B61A77"/>
     <w:rsid w:val="00B65655"/>
     <w:rsid w:val="00B74BE9"/>
     <w:rsid w:val="00B81528"/>
     <w:rsid w:val="00B8248A"/>
     <w:rsid w:val="00B8330E"/>
     <w:rsid w:val="00B8457B"/>
     <w:rsid w:val="00B84EE6"/>
     <w:rsid w:val="00B940E6"/>
     <w:rsid w:val="00B9664D"/>
     <w:rsid w:val="00BA2990"/>
     <w:rsid w:val="00BA29EE"/>
     <w:rsid w:val="00BA2B8D"/>
     <w:rsid w:val="00BA51E1"/>
     <w:rsid w:val="00BA6493"/>
     <w:rsid w:val="00BA6E71"/>
     <w:rsid w:val="00BB2A4D"/>
     <w:rsid w:val="00BB2E6A"/>
     <w:rsid w:val="00BB7415"/>
     <w:rsid w:val="00BC0B2B"/>
+    <w:rsid w:val="00BC1993"/>
     <w:rsid w:val="00BC3F68"/>
     <w:rsid w:val="00BC3F9D"/>
     <w:rsid w:val="00BD158D"/>
     <w:rsid w:val="00BD29E6"/>
     <w:rsid w:val="00BD45D9"/>
     <w:rsid w:val="00BD674A"/>
     <w:rsid w:val="00BD7EB5"/>
     <w:rsid w:val="00BE1B9E"/>
     <w:rsid w:val="00BE1DC3"/>
     <w:rsid w:val="00BE1F83"/>
     <w:rsid w:val="00BE6AA9"/>
     <w:rsid w:val="00BF03F7"/>
     <w:rsid w:val="00BF05A5"/>
     <w:rsid w:val="00BF2E87"/>
     <w:rsid w:val="00BF69F7"/>
     <w:rsid w:val="00C0015A"/>
+    <w:rsid w:val="00C00DEF"/>
     <w:rsid w:val="00C01A98"/>
     <w:rsid w:val="00C03711"/>
     <w:rsid w:val="00C04307"/>
     <w:rsid w:val="00C049E9"/>
     <w:rsid w:val="00C05380"/>
     <w:rsid w:val="00C11DD8"/>
     <w:rsid w:val="00C13B1C"/>
     <w:rsid w:val="00C17912"/>
     <w:rsid w:val="00C17B68"/>
     <w:rsid w:val="00C20AEE"/>
     <w:rsid w:val="00C24EA9"/>
     <w:rsid w:val="00C33F4A"/>
     <w:rsid w:val="00C3491F"/>
     <w:rsid w:val="00C37886"/>
     <w:rsid w:val="00C4012C"/>
     <w:rsid w:val="00C4045F"/>
     <w:rsid w:val="00C407E2"/>
     <w:rsid w:val="00C4361E"/>
     <w:rsid w:val="00C43F4A"/>
     <w:rsid w:val="00C53F33"/>
     <w:rsid w:val="00C54AB9"/>
     <w:rsid w:val="00C60103"/>
     <w:rsid w:val="00C60DEF"/>
     <w:rsid w:val="00C6103F"/>
     <w:rsid w:val="00C62F1E"/>
@@ -11450,50 +11605,51 @@
     <w:rsid w:val="00C90818"/>
     <w:rsid w:val="00C96449"/>
     <w:rsid w:val="00CA08CF"/>
     <w:rsid w:val="00CA2EA1"/>
     <w:rsid w:val="00CA3FD8"/>
     <w:rsid w:val="00CA624F"/>
     <w:rsid w:val="00CA684B"/>
     <w:rsid w:val="00CA78E5"/>
     <w:rsid w:val="00CB01C2"/>
     <w:rsid w:val="00CB04E2"/>
     <w:rsid w:val="00CB4D5B"/>
     <w:rsid w:val="00CB5039"/>
     <w:rsid w:val="00CB6B57"/>
     <w:rsid w:val="00CC05B2"/>
     <w:rsid w:val="00CC0D6B"/>
     <w:rsid w:val="00CC1D44"/>
     <w:rsid w:val="00CC5720"/>
     <w:rsid w:val="00CC64EA"/>
     <w:rsid w:val="00CC68BE"/>
     <w:rsid w:val="00CC7913"/>
     <w:rsid w:val="00CD17B4"/>
     <w:rsid w:val="00CD743B"/>
     <w:rsid w:val="00CD77AF"/>
     <w:rsid w:val="00CD7C25"/>
     <w:rsid w:val="00CE1691"/>
+    <w:rsid w:val="00CE2FB5"/>
     <w:rsid w:val="00CE3853"/>
     <w:rsid w:val="00CF141E"/>
     <w:rsid w:val="00CF34FC"/>
     <w:rsid w:val="00D01F26"/>
     <w:rsid w:val="00D0728E"/>
     <w:rsid w:val="00D10FC6"/>
     <w:rsid w:val="00D12F0F"/>
     <w:rsid w:val="00D20611"/>
     <w:rsid w:val="00D22081"/>
     <w:rsid w:val="00D22121"/>
     <w:rsid w:val="00D23264"/>
     <w:rsid w:val="00D23561"/>
     <w:rsid w:val="00D25CD5"/>
     <w:rsid w:val="00D26F0E"/>
     <w:rsid w:val="00D30365"/>
     <w:rsid w:val="00D33053"/>
     <w:rsid w:val="00D33A24"/>
     <w:rsid w:val="00D40A3C"/>
     <w:rsid w:val="00D43119"/>
     <w:rsid w:val="00D43D3E"/>
     <w:rsid w:val="00D4455D"/>
     <w:rsid w:val="00D44988"/>
     <w:rsid w:val="00D44F98"/>
     <w:rsid w:val="00D45355"/>
     <w:rsid w:val="00D45823"/>
@@ -11526,192 +11682,199 @@
     <w:rsid w:val="00DB2F18"/>
     <w:rsid w:val="00DB320A"/>
     <w:rsid w:val="00DB68D6"/>
     <w:rsid w:val="00DC488F"/>
     <w:rsid w:val="00DC4CBF"/>
     <w:rsid w:val="00DC5972"/>
     <w:rsid w:val="00DD25DC"/>
     <w:rsid w:val="00DD40EB"/>
     <w:rsid w:val="00DD4732"/>
     <w:rsid w:val="00DD59B4"/>
     <w:rsid w:val="00DD5DA0"/>
     <w:rsid w:val="00DD663C"/>
     <w:rsid w:val="00DE5637"/>
     <w:rsid w:val="00DF09E7"/>
     <w:rsid w:val="00DF143B"/>
     <w:rsid w:val="00DF1C41"/>
     <w:rsid w:val="00DF51DF"/>
     <w:rsid w:val="00DF625A"/>
     <w:rsid w:val="00E04088"/>
     <w:rsid w:val="00E046BE"/>
     <w:rsid w:val="00E05256"/>
     <w:rsid w:val="00E0553D"/>
     <w:rsid w:val="00E0570A"/>
     <w:rsid w:val="00E07784"/>
     <w:rsid w:val="00E116FB"/>
+    <w:rsid w:val="00E11A1A"/>
     <w:rsid w:val="00E13936"/>
     <w:rsid w:val="00E14BD4"/>
     <w:rsid w:val="00E16DFE"/>
     <w:rsid w:val="00E21E13"/>
     <w:rsid w:val="00E224A5"/>
     <w:rsid w:val="00E3001D"/>
     <w:rsid w:val="00E306A9"/>
     <w:rsid w:val="00E31D7D"/>
     <w:rsid w:val="00E33B53"/>
     <w:rsid w:val="00E366E5"/>
     <w:rsid w:val="00E369F5"/>
     <w:rsid w:val="00E36C8F"/>
     <w:rsid w:val="00E42532"/>
     <w:rsid w:val="00E42A76"/>
     <w:rsid w:val="00E4739B"/>
     <w:rsid w:val="00E50AE3"/>
     <w:rsid w:val="00E52CA1"/>
     <w:rsid w:val="00E53672"/>
     <w:rsid w:val="00E64F0D"/>
     <w:rsid w:val="00E65617"/>
     <w:rsid w:val="00E676E0"/>
     <w:rsid w:val="00E67AC8"/>
     <w:rsid w:val="00E74B96"/>
     <w:rsid w:val="00E763DD"/>
     <w:rsid w:val="00E82075"/>
     <w:rsid w:val="00E8279C"/>
+    <w:rsid w:val="00E82CC1"/>
     <w:rsid w:val="00E97820"/>
     <w:rsid w:val="00E97B13"/>
     <w:rsid w:val="00EA304F"/>
     <w:rsid w:val="00EA61D8"/>
     <w:rsid w:val="00EB11C7"/>
     <w:rsid w:val="00EB12E3"/>
     <w:rsid w:val="00EB1E08"/>
     <w:rsid w:val="00EB597C"/>
     <w:rsid w:val="00EB7928"/>
     <w:rsid w:val="00EC093B"/>
     <w:rsid w:val="00EC0E6D"/>
     <w:rsid w:val="00EC4564"/>
     <w:rsid w:val="00EC4CD5"/>
     <w:rsid w:val="00EC5B3A"/>
     <w:rsid w:val="00EC7A30"/>
     <w:rsid w:val="00EC7FAA"/>
     <w:rsid w:val="00ED216D"/>
     <w:rsid w:val="00ED29BF"/>
     <w:rsid w:val="00ED4A53"/>
     <w:rsid w:val="00ED7A27"/>
     <w:rsid w:val="00EE0539"/>
+    <w:rsid w:val="00EE2760"/>
     <w:rsid w:val="00EE3D94"/>
     <w:rsid w:val="00EF30D4"/>
     <w:rsid w:val="00EF6555"/>
     <w:rsid w:val="00EF6DC3"/>
     <w:rsid w:val="00F036C8"/>
     <w:rsid w:val="00F040E8"/>
     <w:rsid w:val="00F04B1D"/>
     <w:rsid w:val="00F05C77"/>
     <w:rsid w:val="00F061B5"/>
     <w:rsid w:val="00F06CB0"/>
     <w:rsid w:val="00F07897"/>
+    <w:rsid w:val="00F13D7D"/>
     <w:rsid w:val="00F2182E"/>
     <w:rsid w:val="00F23953"/>
     <w:rsid w:val="00F25924"/>
     <w:rsid w:val="00F25C8F"/>
     <w:rsid w:val="00F25D82"/>
     <w:rsid w:val="00F2759E"/>
     <w:rsid w:val="00F3168D"/>
     <w:rsid w:val="00F3235D"/>
     <w:rsid w:val="00F356D3"/>
     <w:rsid w:val="00F35F3B"/>
     <w:rsid w:val="00F37BBC"/>
     <w:rsid w:val="00F41DB8"/>
     <w:rsid w:val="00F42074"/>
     <w:rsid w:val="00F4367D"/>
     <w:rsid w:val="00F4537F"/>
     <w:rsid w:val="00F4620F"/>
+    <w:rsid w:val="00F512C5"/>
     <w:rsid w:val="00F5304B"/>
     <w:rsid w:val="00F67DF4"/>
     <w:rsid w:val="00F67DF9"/>
     <w:rsid w:val="00F717DD"/>
     <w:rsid w:val="00F73E74"/>
     <w:rsid w:val="00F80866"/>
     <w:rsid w:val="00F8354C"/>
     <w:rsid w:val="00F85456"/>
     <w:rsid w:val="00F85D6D"/>
     <w:rsid w:val="00F901BC"/>
     <w:rsid w:val="00F93103"/>
     <w:rsid w:val="00F93D9B"/>
     <w:rsid w:val="00F95911"/>
     <w:rsid w:val="00FA10E9"/>
     <w:rsid w:val="00FA34A5"/>
     <w:rsid w:val="00FA40CC"/>
     <w:rsid w:val="00FA5DE8"/>
     <w:rsid w:val="00FA752E"/>
+    <w:rsid w:val="00FB36CF"/>
     <w:rsid w:val="00FB379D"/>
     <w:rsid w:val="00FB4871"/>
     <w:rsid w:val="00FC10D8"/>
     <w:rsid w:val="00FC1357"/>
     <w:rsid w:val="00FC1444"/>
     <w:rsid w:val="00FC1B6D"/>
     <w:rsid w:val="00FC271A"/>
     <w:rsid w:val="00FC74F7"/>
+    <w:rsid w:val="00FD23E9"/>
     <w:rsid w:val="00FD2ECA"/>
     <w:rsid w:val="00FD4DBE"/>
     <w:rsid w:val="00FE210D"/>
     <w:rsid w:val="00FE3EFB"/>
     <w:rsid w:val="00FE4804"/>
     <w:rsid w:val="00FE4AA1"/>
     <w:rsid w:val="00FF1C17"/>
     <w:rsid w:val="00FF2754"/>
     <w:rsid w:val="00FF2A25"/>
     <w:rsid w:val="00FF721B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F7D1142"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E5605BD7-8B28-4B9A-86E0-7BC2ADCBBDB3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12220,51 +12383,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C5356"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0057143D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1098211177">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1197231544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12343,51 +12506,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2053112775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=HELP-HOME" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/young-investigator-training-course/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctsucontact@westat.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/readfile.aspx?EDocId=527508&amp;CTSUCreated=Y" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/blog/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ascopubs.org/doi/full/10.1200/JCO.22.01826" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctep.cancer.gov/initiativesPrograms/nctn.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/protocol-workbench" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://members.swog.org/protocoldevelopmentreports/Dashboard.asp?k=6Fgsf5fadagsj5hhhshsf55gffa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:member@swog.org" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/hope-funding-opportunities" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/training-resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/welcome" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees/research-support" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctep.cancer.gov/initiativesPrograms/nctn_trials_by_disease.htm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/readfile.aspx?EDocId=1207986" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/133_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/accrual-resources" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/150_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/156_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SupportingSWOG" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings/travel-support" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/trial-specific-education-funds/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/research/infrastructure/clinical-trials/ncorp" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/142_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meetings@swog.org" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/clinical-research-resources" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/institutions" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/publications" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.CTSU.org" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncorp.cancer.gov/resources/grantees.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/medicare-coverage-database/details/ncd-details.aspx?NCDId=1&amp;ncdver=2&amp;fromdb=true" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/news" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/membership/committee-membership" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:qamail@swog.org" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncicirb.org/about-cirb/sops" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/?s=subscribe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/swog-hope-foundation-impact-award/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/current-training-opportunities" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/who-leads-swog-cancer-research-network" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/how-we-work" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/Public/RegProced_IR-AR.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=HELP-PROTOCOLS" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/quality-assurance-audits" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/82_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.CTSU.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/history-impact" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctep.cancer.gov/investigatorResources/investigators_handbook.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/news/2023/07/21/can-you-keep-secret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ctsu.org" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/sign-up-e-mail-updates" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SupportingSWOG/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/report-studies" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/wp-content/uploads/2024/01/Overview-of-2024-Funding-Programs.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-investigator-resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/mission-values" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/press" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees/disease-research" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/sites/default/files/docs/2017-10/Patient%20Chart%20Review%20Guidance_2.10.17.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/grants-training/policies-process/legal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/Site_Payment_Distribution_Infographic_detailed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/dr-charles-a-coltman-jr-fellowship-program/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/research/infrastructure/clinical-trials/nctn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings/travel-support" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=UNIF-DOC-POST" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/115_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/clinical-research-resources/frequently-asked-questions" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/frequently-asked-questions/faqs-funding-financial-agreements-and-study-payments" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/158_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SWOG" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/continuing-education-and-training-programs" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctsu.cancer.gov/registration" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees/disease-research" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/sites/default/files/docs/2017-10/Patient%20Chart%20Review%20Guidance_2.10.17.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/news/2023/07/21/can-you-keep-secret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:member@swog.org" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/blog/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/wp-content/uploads/2024/12/Overview-of-2025-Funding-Programs.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/TrainingAnnouncements" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/press" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/research/infrastructure/clinical-trials/ncorp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=UNIF-DOC-POST" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/grants-training/policies-process/legal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/Site_Payment_Distribution_Infographic_detailed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/report-studies" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/CurrentTrainingCourseList" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ascopubs.org/doi/full/10.1200/JCO.22.01826" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees/research-support" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/115_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/readfile.aspx?EDocId=1207986" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dctd.cancer.gov/research/networks/nctn/nctn-program-guidelines.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/clinical-research-resources/frequently-asked-questions" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/frequently-asked-questions/faqs-funding-financial-agreements-and-study-payments" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctsu.cancer.gov/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/news" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SupportingSWOG" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings/travel-support" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/welcome" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/150_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/158_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/hope-funding-opportunities" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/training-resources" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/mission-values" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dctd.cancer.gov/research/networks/nctn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/133_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/accrual-resources" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncicirb.org/about-cirb/sops" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/?s=subscribe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/publications" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/142_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/Main.aspx?module=home" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SupportingSWOG/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/trial-specific-education-funds/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/continuing-education-and-training-programs" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/institutions" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctsu.cancer.gov/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncorp.cancer.gov/resources/grantees.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/medicare-coverage-database/view/ncd.aspx?ncdid=1&amp;ncdver=3&amp;fromdb=true" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://members.swog.org/protocoldevelopmentreports/Dashboard.asp?k=6Fgsf5fadagsj5hhhshsf55gffa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancer.gov/research/infrastructure/clinical-trials/nctn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=HELP-PROTOCOLS" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:qamail@swog.org" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/82_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/policies-procedures" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/sign-up-e-mail-updates" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/member-resources/membership/committee-membership" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meetings@swog.org" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/swog-hope-foundation-impact-award/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/clinical-research-resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/who-leads-swog-cancer-research-network" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/about/history-impact" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/how-we-work" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/quality-assurance-audits" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dctd.cancer.gov/research/ctep-trials/for-sites/investigator-handbook.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/readfile.aspx?EDocId=527508&amp;CTSUCreated=Y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/Main.aspx?module=home" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/news-events/swog-meetings" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/157_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctsu.org/master/simplepage.aspx?ckey=HELP-HOME" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/young-investigator-training-course/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-trials/protocol-workbench" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctsucontact@westat.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SWOG" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/clinical-investigator-resources" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swog.exphosted.com/coursepage/156_enUS/ExpertusONE_27" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thehopefoundation.org/funding-opportunities/dr-charles-a-coltman-jr-fellowship-program/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swog.org/swog-network/committees" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12641,74 +12804,529 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010006EF23CA8A5232428BE97D0B6F12C1CA" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ced1c5fb426b92d0ff61189f88231dd8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a43ca258-9452-4ddc-b301-1f23171f0cb0" xmlns:ns3="b5a302aa-6cc5-4137-afc8-9601a18bf949" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d00f6fb7623965a4a1edef4c9c0b3ad" ns2:_="" ns3:_="">
+    <xsd:import namespace="a43ca258-9452-4ddc-b301-1f23171f0cb0"/>
+    <xsd:import namespace="b5a302aa-6cc5-4137-afc8-9601a18bf949"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:StudyNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:TypeofTraining" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:PlannedDistributionDate" minOccurs="0"/>
+                <xsd:element ref="ns2:ContentStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:ProjectLead" minOccurs="0"/>
+                <xsd:element ref="ns2:DistributionStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:Format" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a43ca258-9452-4ddc-b301-1f23171f0cb0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="StudyNumber" ma:index="17" nillable="true" ma:displayName="Study Number" ma:format="Dropdown" ma:internalName="StudyNumber">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="S2015"/>
+              <xsd:enumeration value="S1800D"/>
+              <xsd:enumeration value="S2107"/>
+              <xsd:enumeration value="S1900F"/>
+              <xsd:enumeration value="S2108CD"/>
+              <xsd:enumeration value="S1900G"/>
+              <xsd:enumeration value="S2200"/>
+              <xsd:enumeration value="S2302"/>
+              <xsd:enumeration value="S2101 / iMATCH"/>
+              <xsd:enumeration value="MyeloMATCH"/>
+              <xsd:enumeration value="S1918 FIL"/>
+              <xsd:enumeration value="S2011"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TypeofTraining" ma:index="18" nillable="true" ma:displayName="Type of Training" ma:format="Dropdown" ma:internalName="TypeofTraining">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Site Initiation - PSR"/>
+              <xsd:enumeration value="Site Initiation - Optional"/>
+              <xsd:enumeration value="Study Assessment - PSR"/>
+              <xsd:enumeration value="Other Optional"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cdc45586-7829-465f-80e3-daf425e5399a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="24" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="25" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="26" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PlannedDistributionDate" ma:index="27" nillable="true" ma:displayName="Planned Distribution Date" ma:format="DateOnly" ma:internalName="PlannedDistributionDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ContentStatus" ma:index="28" nillable="true" ma:displayName="Content Status" ma:format="Dropdown" ma:internalName="ContentStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Not Started"/>
+          <xsd:enumeration value="Scheduled"/>
+          <xsd:enumeration value="Draft in Process"/>
+          <xsd:enumeration value="Routed"/>
+          <xsd:enumeration value="Under Review"/>
+          <xsd:enumeration value="Pending Approval"/>
+          <xsd:enumeration value="Approved"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ProjectLead" ma:index="29" nillable="true" ma:displayName="Project Lead" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="ProjectLead">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="DistributionStatus" ma:index="30" nillable="true" ma:displayName="Distribution Status" ma:format="Dropdown" ma:internalName="DistributionStatus">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Not Started"/>
+              <xsd:enumeration value="Choice 2"/>
+              <xsd:enumeration value="Choice 3"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Format" ma:index="31" nillable="true" ma:displayName="Format" ma:format="Dropdown" ma:internalName="Format">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Video .MP4"/>
+              <xsd:enumeration value="PowerPoint"/>
+              <xsd:enumeration value="PDF Slide Set"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="32" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5a302aa-6cc5-4137-afc8-9601a18bf949" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{076081a0-5508-4d2a-9975-b6d0cfc691b9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b5a302aa-6cc5-4137-afc8-9601a18bf949">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ProjectLead xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </ProjectLead>
+    <StudyNumber xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+    <TypeofTraining xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+    <TaxCatchAll xmlns="b5a302aa-6cc5-4137-afc8-9601a18bf949" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <ContentStatus xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+    <Format xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+    <DistributionStatus xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+    <PlannedDistributionDate xmlns="a43ca258-9452-4ddc-b301-1f23171f0cb0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87B764B0-7B64-483A-9F55-65F34539EF75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a43ca258-9452-4ddc-b301-1f23171f0cb0"/>
+    <ds:schemaRef ds:uri="b5a302aa-6cc5-4137-afc8-9601a18bf949"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCB730B5-BDEF-4281-AB9B-F4A5707CCBA4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838FC092-9656-4B7A-8204-CDBBB63063CA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a43ca258-9452-4ddc-b301-1f23171f0cb0"/>
+    <ds:schemaRef ds:uri="b5a302aa-6cc5-4137-afc8-9601a18bf949"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3978</Words>
-  <Characters>22681</Characters>
+  <Words>4086</Words>
+  <Characters>23948</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>189</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>374</Lines>
+  <Paragraphs>189</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26606</CharactersWithSpaces>
+  <CharactersWithSpaces>27845</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laubach, Cara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010006EF23CA8A5232428BE97D0B6F12C1CA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>